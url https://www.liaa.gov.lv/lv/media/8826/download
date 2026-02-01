--- v0 (2025-10-06)
+++ v1 (2026-02-01)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\10.10.0.94\apd\MAIN\Filmu_atbalsts_2024\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7A42232A-6376-4037-9294-0E1B903AD8A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{98EDB9BB-E3AF-4052-A60D-7D43F40F7FB7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="11424" yWindow="0" windowWidth="11712" windowHeight="12336" xr2:uid="{64ED6E02-0740-40D3-BE68-101FEBC305D5}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F22" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="58">
   <si>
     <t>Atbalsta saņēmējs</t>
   </si>
   <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
     <t xml:space="preserve"> Reģistrācijas  Nr.</t>
   </si>
   <si>
     <t>Forma Pro Films SIA</t>
   </si>
   <si>
     <t>Studija Lokomotīve SIA</t>
   </si>
   <si>
     <t>CINEVILLA FILMS SIA</t>
   </si>
   <si>
     <t>White Picture SIA</t>
   </si>
   <si>
     <t>Munchhausen Productions SIA</t>
   </si>
   <si>
@@ -208,121 +208,102 @@
   <si>
     <t>Mima Films SIA</t>
   </si>
   <si>
     <t>Plaisa</t>
   </si>
   <si>
     <t>Apstiprinātais līdzfinansējums, EUR</t>
   </si>
   <si>
     <t>Mozart / Mozart</t>
   </si>
   <si>
     <t>EGO MEDIA SIA</t>
   </si>
   <si>
     <t>Haims un Grēta</t>
   </si>
   <si>
     <t>Humint</t>
   </si>
   <si>
     <t>Ūdens hronoloģija</t>
   </si>
   <si>
-    <t>Kasablankas</t>
-[...1 lines deleted...]
-  <si>
     <t>7.kārta (10.06.-10.07.2024)</t>
-  </si>
-[...7 lines deleted...]
-    <t>7. kārtas ietvaros 2025.gada rezerves sarakstā iekļautie projekti:</t>
   </si>
   <si>
     <t>Iekļauti rezerves sarakstā</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
-      <name val="Times New Roman"/>
-[...5 lines deleted...]
-      <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -351,51 +332,51 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="46">
+  <cellXfs count="35">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
@@ -434,86 +415,53 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...22 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -796,111 +744,111 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{71598CEB-F8B1-4CED-A784-C65C898E033B}">
-  <dimension ref="B1:P46"/>
+  <dimension ref="B1:P42"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane xSplit="1" ySplit="2" topLeftCell="B15" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="D52" sqref="D52"/>
+      <selection pane="bottomRight" activeCell="D47" sqref="D47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3" style="4" customWidth="1"/>
     <col min="2" max="2" width="7" style="5" customWidth="1"/>
     <col min="3" max="3" width="29.44140625" style="4" customWidth="1"/>
     <col min="4" max="4" width="20.33203125" style="4" customWidth="1"/>
     <col min="5" max="5" width="30" style="4" customWidth="1"/>
     <col min="6" max="6" width="25.6640625" style="5" customWidth="1"/>
     <col min="7" max="7" width="1.6640625" style="4" customWidth="1"/>
     <col min="8" max="8" width="5.21875" style="4" customWidth="1"/>
     <col min="9" max="9" width="17.109375" style="4" customWidth="1"/>
     <col min="10" max="10" width="1.6640625" style="4" customWidth="1"/>
     <col min="11" max="11" width="5.21875" style="4" customWidth="1"/>
     <col min="12" max="12" width="16.6640625" style="4" customWidth="1"/>
     <col min="13" max="13" width="1.6640625" style="4" customWidth="1"/>
     <col min="14" max="14" width="5.21875" style="4" customWidth="1"/>
     <col min="15" max="15" width="17.21875" style="4" customWidth="1"/>
     <col min="16" max="16" width="14.44140625" style="4" customWidth="1"/>
     <col min="17" max="16384" width="8.88671875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="B1" s="45"/>
-      <c r="C1" s="45"/>
+      <c r="B1" s="34"/>
+      <c r="C1" s="34"/>
     </row>
     <row r="2" spans="2:15" ht="34.200000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="6" t="s">
         <v>0</v>
       </c>
       <c r="D2" s="6" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="6" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="7" t="s">
         <v>50</v>
       </c>
       <c r="H2" s="8"/>
       <c r="I2" s="9" t="s">
         <v>40</v>
       </c>
       <c r="K2" s="10"/>
       <c r="L2" s="9" t="s">
         <v>41</v>
       </c>
       <c r="N2" s="11"/>
       <c r="O2" s="9" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
     </row>
     <row r="3" spans="2:15" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="12"/>
       <c r="C3" s="12"/>
       <c r="D3" s="13"/>
       <c r="E3" s="13"/>
       <c r="F3" s="13"/>
     </row>
     <row r="4" spans="2:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="12"/>
       <c r="C4" s="14" t="s">
         <v>32</v>
       </c>
       <c r="D4" s="15"/>
       <c r="E4" s="13"/>
       <c r="F4" s="13"/>
     </row>
     <row r="5" spans="2:15" x14ac:dyDescent="0.25">
       <c r="B5" s="16" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="17" t="s">
         <v>5</v>
       </c>
@@ -1324,199 +1272,140 @@
         <v>38</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>48</v>
       </c>
       <c r="D35" s="31">
         <v>40103303775</v>
       </c>
       <c r="E35" s="8" t="s">
         <v>49</v>
       </c>
       <c r="F35" s="19">
         <v>32342.49</v>
       </c>
       <c r="L35" s="1"/>
       <c r="M35" s="2"/>
       <c r="N35" s="1"/>
       <c r="O35" s="2"/>
     </row>
     <row r="36" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B36" s="24"/>
       <c r="C36" s="15"/>
       <c r="D36" s="15"/>
       <c r="E36" s="15"/>
       <c r="F36" s="28"/>
-      <c r="L36" s="35"/>
+      <c r="L36" s="32"/>
       <c r="N36" s="1"/>
       <c r="O36" s="2"/>
     </row>
     <row r="37" spans="2:16" ht="20.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="24"/>
       <c r="C37" s="14" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D37" s="15"/>
       <c r="E37" s="15"/>
-      <c r="F37" s="36"/>
+      <c r="F37" s="33"/>
       <c r="N37" s="3"/>
       <c r="O37" s="3"/>
-      <c r="P37" s="35"/>
+      <c r="P37" s="32"/>
     </row>
     <row r="38" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B38" s="32" t="s">
+      <c r="B38" s="16" t="s">
         <v>34</v>
       </c>
-      <c r="C38" s="10" t="s">
+      <c r="C38" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="D38" s="33">
+      <c r="D38" s="31">
         <v>40003343663</v>
       </c>
-      <c r="E38" s="10" t="s">
+      <c r="E38" s="8" t="s">
         <v>51</v>
       </c>
-      <c r="F38" s="34">
-        <v>500000</v>
+      <c r="F38" s="19">
+        <v>412602.92</v>
       </c>
     </row>
     <row r="39" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B39" s="16" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>52</v>
       </c>
       <c r="D39" s="31">
         <v>40003723976</v>
       </c>
       <c r="E39" s="8" t="s">
         <v>53</v>
       </c>
       <c r="F39" s="19">
         <v>184255.32</v>
       </c>
     </row>
     <row r="40" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B40" s="32" t="s">
-[...12 lines deleted...]
-        <v>147042.79999999999</v>
+      <c r="B40" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="C40" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" s="31">
+        <v>50003608501</v>
+      </c>
+      <c r="E40" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="F40" s="19">
+        <v>1080000</v>
       </c>
     </row>
     <row r="41" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B41" s="16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="D41" s="31">
-        <v>50003608501</v>
+        <v>40103310724</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F41" s="19">
-        <v>197855.4</v>
+        <v>348126.96</v>
       </c>
     </row>
     <row r="42" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B42" s="16" t="s">
-[...62 lines deleted...]
-      <c r="F46" s="24"/>
+      <c r="B42" s="24"/>
+      <c r="C42" s="15"/>
+      <c r="D42" s="15"/>
+      <c r="E42" s="15"/>
+      <c r="F42" s="24"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>